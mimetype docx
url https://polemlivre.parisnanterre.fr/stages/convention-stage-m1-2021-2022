--- v0 (2025-10-05)
+++ v1 (2026-01-13)
@@ -19,50 +19,52 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="2A258137" w14:textId="77777777" w:rsidR="005A0F24" w:rsidRDefault="00554E6C" w:rsidP="005A0F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D79CF6F" wp14:editId="4517C2B8">
             <wp:extent cx="2099959" cy="628650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
@@ -602,203 +604,188 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N° SIRET : 199 212 044 00010 code APE 8542 Z</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AAAA18" w14:textId="77777777" w:rsidR="0099745F" w:rsidRPr="0099745F" w:rsidRDefault="0099745F" w:rsidP="0099745F">
       <w:pPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099745F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sise 200, avenue de la République 92001 NANTERRE cedex, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4C04E7" w14:textId="699BF139" w:rsidR="0099745F" w:rsidRPr="0099745F" w:rsidRDefault="0099745F" w:rsidP="0099745F">
+    <w:p w14:paraId="5C4C04E7" w14:textId="3C3C4208" w:rsidR="0099745F" w:rsidRPr="0099745F" w:rsidRDefault="0099745F" w:rsidP="0099745F">
       <w:pPr>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099745F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Représentée par </w:t>
       </w:r>
       <w:r w:rsidR="003E6822" w:rsidRPr="009D6A23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
       <w:r w:rsidR="003E6822" w:rsidRPr="00427B7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E6822" w:rsidRPr="00122310">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Présidente Mme Caroline ROLLAND-DIAMOND</w:t>
+        <w:t>Présidente M</w:t>
+      </w:r>
+      <w:r w:rsidR="0069080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6822" w:rsidRPr="00122310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>me Caroline ROLLAND-DIAMOND</w:t>
       </w:r>
       <w:r w:rsidR="003E6822" w:rsidRPr="006301D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0099745F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">et par délégation, pour l’UFR SITEC, Monsieur </w:t>
       </w:r>
       <w:r w:rsidR="00A04E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shah </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> BUROKUR,</w:t>
+        <w:t>Shah Nawaz BUROKUR,</w:t>
       </w:r>
       <w:r w:rsidRPr="0099745F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> son Directeur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B64F5DF" w14:textId="77777777" w:rsidR="0099745F" w:rsidRPr="0099745F" w:rsidRDefault="0099745F" w:rsidP="0099745F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0099745F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ci</w:t>
-[...9 lines deleted...]
-        <w:t>- après  dénommée « l’Université »</w:t>
+        <w:t>ci- après  dénommée « l’Université »</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3951B1" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="00FFB983" w14:textId="042056CF" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00073028" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -1181,106 +1168,94 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>_____________________________________(qualité)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678FF5B8" w14:textId="317393D6" w:rsidR="00F32C38" w:rsidRPr="006030B3" w:rsidRDefault="00CC64D5" w:rsidP="00440150">
+    <w:p w14:paraId="678FF5B8" w14:textId="438ADC87" w:rsidR="00F32C38" w:rsidRPr="006030B3" w:rsidRDefault="00CC64D5" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____________________________________</w:t>
-[...21 lines deleted...]
-        <w:t>f</w:t>
+        <w:t>_____________________________________(f</w:t>
       </w:r>
       <w:r w:rsidR="005C0C7F" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>onction</w:t>
+      </w:r>
+      <w:r w:rsidR="0069080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D27255" w14:textId="22D3E822" w:rsidR="00F32C38" w:rsidRPr="006030B3" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
@@ -1350,50 +1325,51 @@
     </w:p>
     <w:p w14:paraId="23A58380" w14:textId="75052C04" w:rsidR="00073028" w:rsidRPr="006030B3" w:rsidRDefault="00073028" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tél :</w:t>
       </w:r>
       <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Mél :</w:t>
       </w:r>
       <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
@@ -1402,73 +1378,60 @@
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> __________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB28498" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00073028">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3969" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>ci</w:t>
-[...11 lines deleted...]
-        <w:t>-après dénommé « l’Organisme d’accueil »</w:t>
+        <w:t>ci-après dénommé « l’Organisme d’accueil »</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E956C73" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="656E3837" w14:textId="0F943571" w:rsidR="00073028" w:rsidRDefault="00F32C38" w:rsidP="00073028">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -1610,74 +1573,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50440EF3" w14:textId="77777777" w:rsidR="00BD1756" w:rsidRPr="006030B3" w:rsidRDefault="00BD1756" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DFE5099" w14:textId="6EDCB60D" w:rsidR="00F32C38" w:rsidRPr="006030B3" w:rsidRDefault="00F32C38" w:rsidP="00440150">
+    <w:p w14:paraId="5DFE5099" w14:textId="395BB843" w:rsidR="00F32C38" w:rsidRPr="006030B3" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Tel</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0069080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006030B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="005C0C7F" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0066F300" w14:textId="0AB9CB4B" w:rsidR="00812291" w:rsidRPr="006030B3" w:rsidRDefault="00812291" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -1706,174 +1689,148 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0884EC51" w14:textId="388035D6" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>ci</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005A0F24">
+        <w:t>ci-après dénommé « le</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC64D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>-après dénommé « le</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC64D5">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A0F24">
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidR="006C500A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">la </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C500A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A0F24">
+        <w:t>tagiaire » ou « l’</w:t>
+      </w:r>
+      <w:r w:rsidR="006C500A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>tagiaire » ou « l’</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006C500A">
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>é</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A0F24">
+        <w:t>tudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC64D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>tudiant</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC64D5">
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>·</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> »</w:t>
+        <w:t>e »</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6AA46F" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A7A7EE3" w14:textId="322BA272" w:rsidR="00CC64D5" w:rsidRPr="006030B3" w:rsidRDefault="00F32C38" w:rsidP="005E6E9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2296,51 +2253,50 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00805C28" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>ates</w:t>
       </w:r>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2371,102 +2327,100 @@
       </w:r>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00805C28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00F32C38" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00805C28" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00F32C38" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00805C28" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FDEBFE8" w14:textId="77777777" w:rsidR="00812291" w:rsidRPr="00805C28" w:rsidRDefault="00812291" w:rsidP="005B5B5A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2489,97 +2443,73 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>urée du stage</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
+        <w:t xml:space="preserve">urée du stage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00805C28" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...10 lines deleted...]
-        <w:t>_______</w:t>
+        <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>emaines</w:t>
       </w:r>
       <w:r w:rsidR="00CC64D5" w:rsidRPr="006030B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
@@ -2774,131 +2704,105 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’Université</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAA822D" w14:textId="148831EA" w:rsidR="00812291" w:rsidRPr="005C72C0" w:rsidRDefault="00A75458" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Enseignant</w:t>
       </w:r>
       <w:r w:rsidR="00805C28" w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>·</w:t>
       </w:r>
       <w:r w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:t>e référent</w:t>
+      </w:r>
+      <w:r w:rsidR="00805C28" w:rsidRPr="005C72C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C72C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...45 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2A50F2DB" w14:textId="610A6CB4" w:rsidR="00D66467" w:rsidRPr="005C72C0" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -3209,50 +3113,51 @@
     </w:p>
     <w:p w14:paraId="16B8286B" w14:textId="1B1E312D" w:rsidR="00F32C38" w:rsidRPr="005C72C0" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nom : </w:t>
       </w:r>
       <w:r w:rsidR="006030B3" w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F34DB7" w14:textId="77777777" w:rsidR="00812291" w:rsidRPr="005C72C0" w:rsidRDefault="00812291" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
@@ -3274,75 +3179,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Préno</w:t>
       </w:r>
       <w:r w:rsidR="006030B3" w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...23 lines deleted...]
-        <w:t>_______________________</w:t>
+        <w:t>m :________________________</w:t>
       </w:r>
       <w:r w:rsidR="006C500A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="006030B3" w:rsidRPr="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B13A016" w14:textId="77777777" w:rsidR="00812291" w:rsidRPr="005C72C0" w:rsidRDefault="00812291" w:rsidP="00440150">
@@ -3829,85 +3710,67 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Article 2 : Objectif du stage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336BFC5F" w14:textId="4F05085B" w:rsidR="00A75458" w:rsidRPr="00A75458" w:rsidRDefault="00A75458" w:rsidP="00A75458">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Le stage correspond à une période temporaire de mise en situation en milieu professionnel au cours de laquelle l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Le stage correspond à une période temporaire de mise en situation en milieu professionnel au cours de laquelle l’étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="0053254C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A75458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> acquiert des compétences professionnelles et met en œuvre les acquis de sa formation en vue de l’obtention d’un diplôme ou d’une certification et de favoriser son insertion professionnelle. Le/la stagiaire se voit confier une ou des missions conformes au projet pédagogique défini par son établissement d’enseignement et approuvées par l’organisme d’accueil. </w:t>
+        <w:t xml:space="preserve">e acquiert des compétences professionnelles et met en œuvre les acquis de sa formation en vue de l’obtention d’un diplôme ou d’une certification et de favoriser son insertion professionnelle. Le/la stagiaire se voit confier une ou des missions conformes au projet pédagogique défini par son établissement d’enseignement et approuvées par l’organisme d’accueil. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50BD94F0" w14:textId="77777777" w:rsidR="00A75458" w:rsidRPr="00A75458" w:rsidRDefault="00A75458" w:rsidP="00A75458">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Le programme est établi par l’établissement d’enseignement et l’organisme d’accueil en fonction du programme général de la formation dispensée. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14079F85" w14:textId="77777777" w:rsidR="00A75458" w:rsidRPr="00A75458" w:rsidRDefault="00A75458" w:rsidP="00A75458">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -4049,50 +3912,51 @@
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049F2138" w14:textId="2B0B2CAD" w:rsidR="00A75458" w:rsidRDefault="00A75458" w:rsidP="00A75458">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070312D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ompétences que le stage vise à développer ou faire acquérir</w:t>
       </w:r>
       <w:r w:rsidRPr="0070312D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4171,51 +4035,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="67CA1185" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00A75458" w:rsidP="005B5B5A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00F32C38" w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rticle 3 : Modalités du stage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0F13A7" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4454,85 +4317,67 @@
         </w:rPr>
         <w:t>Si le</w:t>
       </w:r>
       <w:r w:rsidR="00805C28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidR="00F32C38" w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">tagiaire doit être </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>tagiaire doit être présent</w:t>
+      </w:r>
+      <w:r w:rsidR="00805C28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidR="00F32C38" w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>présent</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> dans l’Organisme d’accueil la nuit, le dimanche ou un jour férié,</w:t>
+        <w:t>e dans l’Organisme d’accueil la nuit, le dimanche ou un jour férié,</w:t>
       </w:r>
       <w:r w:rsidR="00BD1756">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>préciser</w:t>
       </w:r>
       <w:r w:rsidR="00F32C38" w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> les </w:t>
       </w:r>
@@ -4604,85 +4449,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> les besoins du stage, le</w:t>
       </w:r>
       <w:r w:rsidR="00805C28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/la</w:t>
       </w:r>
       <w:r w:rsidR="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">tagiaire peut, sur demande écrite de l’Organisme d’accueil, être </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>tagiaire peut, sur demande écrite de l’Organisme d’accueil, être autorisé</w:t>
+      </w:r>
+      <w:r w:rsidR="00092C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>autorisé</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> à</w:t>
+        <w:t>e à</w:t>
       </w:r>
       <w:r w:rsidR="00BD1756">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A0F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se déplacer sur le territoire national.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30BD8D64" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRPr="005A0F24" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -4759,299 +4586,221 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75F29B03" w14:textId="6C21FAE6" w:rsidR="007B4E00" w:rsidRPr="007B4E00" w:rsidRDefault="007B4E00" w:rsidP="007B4E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pendant la durée de son stage dans l’Organisme d’accueil, le/la stagiaire conserve son statut antérieur. Il/elle est </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pendant la durée de son stage dans l’Organisme d’accueil, le/la stagiaire conserve son statut antérieur. Il/elle est suivi</w:t>
+      </w:r>
+      <w:r w:rsidR="00092C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>suivi</w:t>
+        <w:t>e par l’enseignant</w:t>
       </w:r>
       <w:r w:rsidR="00092C52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>·</w:t>
+        <w:t>·e</w:t>
       </w:r>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> référent</w:t>
+      </w:r>
+      <w:r w:rsidR="00092C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·e</w:t>
+      </w:r>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par l’</w:t>
-[...8 lines deleted...]
-        <w:t>enseignant</w:t>
+        <w:t xml:space="preserve"> désigné</w:t>
       </w:r>
       <w:r w:rsidR="00092C52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...51 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans la présente convention ainsi que par le service de l’établissement en charge des stages. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7731B15B" w14:textId="77777777" w:rsidR="007B4E00" w:rsidRPr="007B4E00" w:rsidRDefault="007B4E00" w:rsidP="007B4E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Le tuteur de stage désigné par l’organisme d’accueil dans la présente convention est chargé d’assurer le suivi du/de la stagiaire et d’optimiser les conditions de réalisation du stage conformément aux stipulations pédagogiques définies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486DE638" w14:textId="67F19973" w:rsidR="007B4E00" w:rsidRPr="007B4E00" w:rsidRDefault="007B4E00" w:rsidP="007B4E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le/la stagiaire est </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Le/la stagiaire est autorisé</w:t>
+      </w:r>
+      <w:r w:rsidR="00092C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>autorisé</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> à revenir dans son établissement d’enseignement pendant la durée du stage pour y suivre des cours demandés explicitement par le programme, participer à des réunions, les dates étant portées à la connaissance de l’organisme d’accueil par l’établissement et être autorisé, le cas échéant, à se déplacer. </w:t>
+        <w:t xml:space="preserve">e à revenir dans son établissement d’enseignement pendant la durée du stage pour y suivre des cours demandés explicitement par le programme, participer à des réunions, les dates étant portées à la connaissance de l’organisme d’accueil par l’établissement et être autorisé, le cas échéant, à se déplacer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B25DD6B" w14:textId="38760A87" w:rsidR="007B4E00" w:rsidRPr="007B4E00" w:rsidRDefault="007B4E00" w:rsidP="007B4E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Toute difficulté survenue dans le déroulement du stage ou, qu’elle soit constatée par le/la stagiaire ou par le tuteur de stage, doit être portée à la connaissance de l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Toute difficulté survenue dans le déroulement du stage ou, qu’elle soit constatée par le/la stagiaire ou par le tuteur de stage, doit être portée à la connaissance de l’enseignant</w:t>
+      </w:r>
+      <w:r w:rsidR="00092C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·e</w:t>
+      </w:r>
+      <w:r w:rsidR="006030B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>enseignant</w:t>
+        <w:t>référent</w:t>
       </w:r>
       <w:r w:rsidR="00092C52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> et de l’établissement d’enseignement afin d’être résolue au plus vite.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36AC1B01" w14:textId="77777777" w:rsidR="007B4E00" w:rsidRPr="007B4E00" w:rsidRDefault="007B4E00" w:rsidP="007B4E00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="193868F1" w14:textId="5C2BD3BE" w:rsidR="005A0F24" w:rsidRPr="00337375" w:rsidRDefault="007B4E00" w:rsidP="00092C52">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5087,86 +4836,52 @@
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00E7693E" w:rsidRPr="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>une visite sur site</w:t>
       </w:r>
       <w:r w:rsidR="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> effectuée par l’</w:t>
-[...34 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> effectuée par l’enseignant·e référent·e</w:t>
+      </w:r>
       <w:r w:rsidR="00E7693E" w:rsidRPr="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, sous réserve de faisabilité</w:t>
       </w:r>
       <w:r w:rsidR="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241E9D13" w14:textId="77777777" w:rsidR="00F32C38" w:rsidRDefault="00F32C38" w:rsidP="00440150">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -5412,51 +5127,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27AB8F02" w14:textId="6297699F" w:rsidR="00124C8C" w:rsidRPr="00337375" w:rsidRDefault="00124C8C" w:rsidP="00124C8C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e montant</w:t>
       </w:r>
       <w:r w:rsidRPr="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
@@ -5619,50 +5333,51 @@
       <w:r w:rsidRPr="0053254C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="402189D1" w14:textId="07753677" w:rsidR="00124C8C" w:rsidRPr="007B4E00" w:rsidRDefault="00124C8C" w:rsidP="00124C8C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Le/la stagiaire bénéficie des protections et droits mentionnés aux articles L.1121-1, L.1152-1 et L.1153-1 du code du travail, dans les mêmes conditions que les salariés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B0E167" w14:textId="47965416" w:rsidR="00124C8C" w:rsidRPr="007B4E00" w:rsidRDefault="00124C8C" w:rsidP="00124C8C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Le/la stagiaire a accès au restaurant d’entreprise ou aux titres-restaurants prévus à l’article L.3262-1 du code du travail, dans les mêmes conditions que les salariés de l’organisme d’accueil. Il/elle bénéficie également de la prise en charge des frais de transport prévue à l’article L.3261-2 du même code. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C41B63" w14:textId="6D249A52" w:rsidR="00124C8C" w:rsidRPr="007B4E00" w:rsidRDefault="00124C8C" w:rsidP="00124C8C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -5938,85 +5653,67 @@
       <w:r w:rsidRPr="00124C8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prise en charge partielle du prix des titres d’abonnement correspondant aux déplacements effectués par les agents publics entre leur résidence habituelle et leur lieu de travail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2232F040" w14:textId="66386B82" w:rsidR="00124C8C" w:rsidRPr="00124C8C" w:rsidRDefault="00124C8C" w:rsidP="00124C8C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00124C8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le/la stagiaire </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Le/la stagiaire accueilli</w:t>
+      </w:r>
+      <w:r w:rsidR="0053254C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="00124C8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>accueilli</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> dans un organisme de droit public et qui effectue une mission dans ce cadre bénéficie des dispositions du décret n°2006-781 du 3 juillet 2006 fixant les conditions et les modalités de règlement des frais occasionnés par déplacements temporaires des personnels civils de l’</w:t>
+        <w:t>e dans un organisme de droit public et qui effectue une mission dans ce cadre bénéficie des dispositions du décret n°2006-781 du 3 juillet 2006 fixant les conditions et les modalités de règlement des frais occasionnés par déplacements temporaires des personnels civils de l’</w:t>
       </w:r>
       <w:r w:rsidR="0053254C" w:rsidRPr="00124C8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>État</w:t>
       </w:r>
       <w:r w:rsidRPr="00124C8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17378B23" w14:textId="0EB4B9CA" w:rsidR="00124C8C" w:rsidRPr="00124C8C" w:rsidRDefault="00124C8C" w:rsidP="00124C8C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -6114,85 +5811,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pendant la durée du stage, le</w:t>
       </w:r>
       <w:r w:rsidR="00E7693E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/la</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> stagiaire reste </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> stagiaire reste affilié</w:t>
+      </w:r>
+      <w:r w:rsidR="00092C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>affilié</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> à son régime de sécurité sociale antérieur. Les stages effectués à l’étranger doivent avoir été signalés préalablement au départ du/de la stagiaire et avoir reçu l’agrément de la Sécurité Sociale. </w:t>
+        <w:t xml:space="preserve">e à son régime de sécurité sociale antérieur. Les stages effectués à l’étranger doivent avoir été signalés préalablement au départ du/de la stagiaire et avoir reçu l’agrément de la Sécurité Sociale. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4957863C" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pour les stages à l’étranger, les dispositions suivantes sont applicables sous réserve de conformité avec la législation du pays d’accueil et de celle régissant le type d’organisme d’accueil.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC592D3" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -6440,191 +6119,138 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1) Protection issue du régime étudiant français</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0946F0F1" w14:textId="06DC641F" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- pour les stages au sein de l’Espace Economique Européen (EEE) effectués par les </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>- pour les stages au sein de l’Espace Economique Européen (EEE) effectués par les étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="006C500A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> de nationalité d’un pays membre de l’Union Européenne, l’étudiant doit demander la Carte Européenne d’Assurance Maladie (CEAM) ;</w:t>
+        <w:t>es de nationalité d’un pays membre de l’Union Européenne, l’étudiant doit demander la Carte Européenne d’Assurance Maladie (CEAM) ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019604C7" w14:textId="2526364C" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>- pour les stages effectués au Québec par les étudiant(e)s de nationalité française, l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>- pour les stages effectués au Québec par les étudiant(e)s de nationalité française, l’étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="006C500A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> doit demander le formulaire SE401Q (104 pour les stages en entreprises, 106 pour les stages en université) ;</w:t>
+        <w:t>e doit demander le formulaire SE401Q (104 pour les stages en entreprises, 106 pour les stages en université) ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7341F4BF" w14:textId="45FDCCFD" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- dans tous les autres cas les </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>- dans tous les autres cas les étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="0053254C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> qui engagent des frais de santé peuvent être remboursé(e)s auprès de la mutuelle qui leur tient lieu de Caisse de Sécurité Sociale étudiante, au retour et sur présentation des justificatifs : le remboursement s’effectue alors sur la base des tarifs de soins français. Des écarts importants peuvent exister entre les frais engagés et les tarifs français base du remboursement. Il est donc fortement conseillé aux étudiant(e)s de souscrire une assurance Maladie complémentaire spécifique, valable pour le pays et la durée du stage, auprès de l’organisme d’assurance de son choix (mutuelle étudiante, mutuelle des parents, compagnie privée ad hoc…) ou, éventuellement et après vérification de l’étendue des garanties proposées, auprès de l’organisme d’accueil si celui-ci fournit au stagiaire une couverture Maladie en vertu du droit local (voir 2</w:t>
+        <w:t>es qui engagent des frais de santé peuvent être remboursé(e)s auprès de la mutuelle qui leur tient lieu de Caisse de Sécurité Sociale étudiante, au retour et sur présentation des justificatifs : le remboursement s’effectue alors sur la base des tarifs de soins français. Des écarts importants peuvent exister entre les frais engagés et les tarifs français base du remboursement. Il est donc fortement conseillé aux étudiant(e)s de souscrire une assurance Maladie complémentaire spécifique, valable pour le pays et la durée du stage, auprès de l’organisme d’assurance de son choix (mutuelle étudiante, mutuelle des parents, compagnie privée ad hoc…) ou, éventuellement et après vérification de l’étendue des garanties proposées, auprès de l’organisme d’accueil si celui-ci fournit au stagiaire une couverture Maladie en vertu du droit local (voir 2</w:t>
       </w:r>
       <w:r w:rsidR="00092C52" w:rsidRPr="00092C52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ci-dessous). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445734E8" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6636,51 +6262,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2) Protection sociale issue de l’organisme d’accueil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60956E56" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En cochant la case appropriée, l’organisme d’accueil indique ci-après s’il fournit une protection Maladie au stagiaire, en vertu du droit local :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB6D313" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="00337375" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> OUI : cette protection s’ajoute au maintien, à l’étranger, des droits issus du droit français</w:t>
       </w:r>
@@ -6866,50 +6491,51 @@
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- se dérouler exclusivement dans l’organisme signataire de la présente convention ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374B684E" w14:textId="4ED4E5B6" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>- se dérouler exclusivement dans le pays d’accueil étranger cité.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62ED4CEE" w14:textId="0BE0EC46" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lorsque ces conditions ne sont pas remplies, l’organisme d’accueil s’engage à cotiser pour la protection du stagiaire et à faire les déclarations nécessaires en cas d’accident de travail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44AD2313" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
@@ -7168,146 +6794,110 @@
     </w:p>
     <w:p w14:paraId="3DDF94E1" w14:textId="793566BD" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="00092C52" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Wingdings" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009E7203" w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>i l’étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="0053254C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidR="009E7203" w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> est victime d’un accident de travail durant le stage, l’organisme d’accueil doit impérativement signaler immédiatement cet accident à l’établissement d’enseignement ;</w:t>
+        <w:t>e est victime d’un accident de travail durant le stage, l’organisme d’accueil doit impérativement signaler immédiatement cet accident à l’établissement d’enseignement ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="455F4372" w14:textId="43CDEC9F" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="00092C52" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Wingdings" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009E7203" w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>i l’étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="0053254C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidR="009E7203" w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> remplit des missions limitées en-dehors de l’organisme d’accueil ou en-dehors du pays du stage, l’organisme d’accueil doit prendre toutes les dispositions nécessaires pour lui fournir les assurances appropriées. </w:t>
+        <w:t xml:space="preserve">e remplit des missions limitées en-dehors de l’organisme d’accueil ou en-dehors du pays du stage, l’organisme d’accueil doit prendre toutes les dispositions nécessaires pour lui fournir les assurances appropriées. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72AB3FBB" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47358945" w14:textId="77777777" w:rsidR="00337375" w:rsidRDefault="00337375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7460,223 +7050,159 @@
         </w:rPr>
         <w:t>Lorsque l’organisme d’accueil met un véhicule à la disposition du</w:t>
       </w:r>
       <w:r w:rsidR="001D7768">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">de la stagiaire, il lui incombe de vérifier préalablement que la police d’assurance du véhicule couvre son utilisation par </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>de la stagiaire, il lui incombe de vérifier préalablement que la police d’assurance du véhicule couvre son utilisation par un</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>un</w:t>
+        <w:t>e étudiant</w:t>
       </w:r>
       <w:r w:rsidR="005E6E9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...42 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>e.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="773D4E85" w14:textId="200508AB" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lorsque dans le cadre de son stage, l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Lorsque dans le cadre de son stage, l’étudiant</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>étudiant</w:t>
+        <w:t>e utilise son propre véhicule ou un véhicule prêté par un tiers, il</w:t>
       </w:r>
       <w:r w:rsidR="005E6E9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>·</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>elle déclare expressément à l’assureur dudit véhicule cette utilisation qu’il</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/elle</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> utilise son propre véhicule ou un véhicule prêté par un tiers, il</w:t>
+        <w:t xml:space="preserve"> est amené</w:t>
       </w:r>
       <w:r w:rsidR="005E6E9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...39 lines deleted...]
-        </w:rPr>
         <w:t>·e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> à faire et le cas échéant s’acquitte de la prime y afférente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FA3E87" w14:textId="77777777" w:rsidR="00812291" w:rsidRDefault="00812291" w:rsidP="005B5B5A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7718,85 +7244,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15A4D3DF" w14:textId="7C2A4CAD" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le/la stagiaire est </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Le/la stagiaire est soumis</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>soumis</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> à la discipline et aux clauses du règlement intérieur qui lui sont applicables et qui sont portées à sa connaissance avant le début du stage, notamment en ce qui concerne les horaires et les règles d’hygiène et de sécurité en vigueur dans l’organisme d’accueil.</w:t>
+        <w:t>e à la discipline et aux clauses du règlement intérieur qui lui sont applicables et qui sont portées à sa connaissance avant le début du stage, notamment en ce qui concerne les horaires et les règles d’hygiène et de sécurité en vigueur dans l’organisme d’accueil.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F60C4F6" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Toute sanction disciplinaire ne peut être décidée que par l’établissement. Dans ce cas l’organisme d’accueil informe l’enseignant référent et l’établissement des manquements et lui fournit éventuellement les éléments constitutifs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E70FEFC" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7857,50 +7365,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En France (sauf en cas de règles particulières applicables dans certaines collectivités d’outre-mer françaises), en organisme de droit privé, en cas de grossesse, de paternité ou d’adoption, le/la stagiaire bénéficie de congés et d’autorisations d’absence d’une durée équivalente à celle prévues pour les salariés dans les organismes de droit privé aux articles L.1225-16 à L.1225-28, L.1225-35, L.1225-46 du code du travail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BA5B58" w14:textId="77777777" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pour les stages dont la durée est supérieure à deux mois et dans la limite de la durée maximale de 6 mois, des congés ou autorisations d’absence sont possibles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D4F31D5" w14:textId="54FF82BC" w:rsidR="009E7203" w:rsidRPr="00337375" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00337375" w:rsidRPr="00337375">
@@ -7990,124 +7499,103 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Toute interruption temporaire du stage, qu’elle survienne pour un motif lié à la maladie, à un accident, à la grossesse, à la paternité, à l’adoption ou qu’elle soit prise à l’initiative du</w:t>
       </w:r>
       <w:r w:rsidR="001D7768">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(de la) stagiaire ou de l’organisme d’accueil est signalée aux autres parties à la convention et à l’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(de la) stagiaire ou de l’organisme d’accueil est signalée aux autres parties à la convention et à l’enseignant</w:t>
+      </w:r>
+      <w:r w:rsidR="00337375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·e</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>enseignant</w:t>
+        <w:t xml:space="preserve"> référent</w:t>
       </w:r>
       <w:r w:rsidR="00337375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. En cas d’accord des parties à la convention, un report de la fin du stage est possible afin de permettre la réalisation de la durée totale du stage prévue initialement. Ce report fera l’objet d’un avenant à la convention de stage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E147CA" w14:textId="4EBCCE1E" w:rsidR="00F26232" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Un avenant à la convention pourra éventuellement être établi en cas de prolongation du stage sur demande conjointe de l’organisme d’accueil et du </w:t>
       </w:r>
       <w:r w:rsidR="005C72C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de la stagiaire, dans le respect de la durée maximale du stage fixée par la loi (6 mois). </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8248,51 +7736,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="342609F9" w14:textId="2BDA9C13" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Le droit de réserve est de rigueur absolue et apprécié par l’organisme d’accueil compte-tenu de ses spécificités. Les stagiaires prennent donc l’engagement de n’utiliser en aucun cas les informations recueillies ou obtenues par eux pour en faire publication, communication à des tiers sans accord préalable de l’organisme d’accueil, y compris le rapport de stage. Cet engagement vaut non seulement pour la durée du stage mais également après son expiration. Le</w:t>
+        <w:t xml:space="preserve">Le droit de réserve est de rigueur absolue et apprécié par l’organisme d’accueil compte-tenu de ses spécificités. Les stagiaires prennent donc l’engagement de n’utiliser en aucun cas les informations recueillies ou obtenues par eux pour en faire publication, communication à des tiers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sans accord préalable de l’organisme d’accueil, y compris le rapport de stage. Cet engagement vaut non seulement pour la durée du stage mais également après son expiration. Le</w:t>
       </w:r>
       <w:r w:rsidR="00F26232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la stagiaire s’engage à ne conserver, emporter, ou prendre copie d’aucun document ou logiciel, de quelque nature que ce soit, appartenant à l’organisme d’accueil, sauf accord de ce dernier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325953E0" w14:textId="7CA25BE4" w:rsidR="009E7203" w:rsidRPr="009E7203" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8757,100 +8254,108 @@
       </w:r>
       <w:r w:rsidRPr="00B55F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> : à l’issue du stage, les parties à la présente convention sont invitées à formuler une appréciation sur la qualité du stage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6316AB" w14:textId="0DF8BB52" w:rsidR="009E7203" w:rsidRPr="00B55F05" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la stagiaire transmet au service compétent de l’établissement d’enseignement un document dans lequel il</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elle évalue la qualité de l’accueil dont il</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elle a bénéficié au sein de l’organisme </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Le</w:t>
-[...47 lines deleted...]
-        <w:t>elle a bénéficié au sein de l’organisme d’accueil. Ce document n’est pas pris en compte dans son évaluation ou dans l’obtention du d</w:t>
+        <w:t>d’accueil. Ce document n’est pas pris en compte dans son évaluation ou dans l’obtention du d</w:t>
       </w:r>
       <w:r w:rsidR="00B55F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iplôme ou de la certification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D698839" w14:textId="025B60CA" w:rsidR="009E7203" w:rsidRPr="00B55F05" w:rsidRDefault="009E7203" w:rsidP="009E7203">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -9030,128 +8535,60 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Article 13 – Droit applicable – Tribunaux compétents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FB6272" w14:textId="77777777" w:rsidR="00B55F05" w:rsidRPr="00B55F05" w:rsidRDefault="00B55F05" w:rsidP="00B55F05">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La présente convention est régie exclusivement par le droit français. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFC80C9" w14:textId="77777777" w:rsidR="00B55F05" w:rsidRPr="00B55F05" w:rsidRDefault="00A91624" w:rsidP="00B55F05">
+    <w:p w14:paraId="5BFC80C9" w14:textId="7F286CFC" w:rsidR="00B55F05" w:rsidRPr="00B55F05" w:rsidRDefault="00B55F05" w:rsidP="00B55F05">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-      <w:r w:rsidR="00B55F05" w:rsidRPr="00B55F05">
+      <w:r w:rsidRPr="00B55F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tout litige non résolu par voie amiable sera soumis à la compétence de la juridiction française compétente. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9289" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9289"/>
       </w:tblGrid>
       <w:tr w:rsidR="006C500A" w14:paraId="23C429BA" w14:textId="77777777" w:rsidTr="006C500A">
         <w:trPr>
           <w:trHeight w:val="1985"/>
         </w:trPr>
@@ -9257,78 +8694,78 @@
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> de stage d</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>ans</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B55F05">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> l’organisme d’accueil</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="7FDB9043" w14:textId="6A72324D" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
+                <w:p w14:paraId="7FDB9043" w14:textId="06EEA4BE" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="0069080C" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Nom</w:t>
+                    <w:t>NOM</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidR="006C500A">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>, prénom</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r w:rsidR="006C500A" w:rsidRPr="00B55F05">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> et signature </w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="253A4AF6" w14:textId="77777777" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="485A7E88" w14:textId="77777777" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
@@ -9361,145 +8798,121 @@
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">4) </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B55F05">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>L’</w:t>
+                    <w:t>L’enseignant</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>enseignant</w:t>
+                    <w:t>·e</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B55F05">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>·e</w:t>
+                    <w:t xml:space="preserve"> référent</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t>·e</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00B55F05">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>référent</w:t>
-[...19 lines deleted...]
-                    </w:rPr>
                     <w:t xml:space="preserve"> du stagiaire </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="34331974" w14:textId="77777777" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
+                <w:p w14:paraId="34331974" w14:textId="4AC64115" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="0069080C" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Nom</w:t>
+                    <w:t>NOM</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidR="006C500A">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>, prénom</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r w:rsidR="006C500A" w:rsidRPr="00B55F05">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> et signature</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2764369B" w14:textId="77777777" w:rsidR="006C500A" w:rsidRPr="00B55F05" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="006C500A" w14:paraId="7FC11382" w14:textId="77777777" w:rsidTr="0070312D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4745" w:type="dxa"/>
@@ -9524,71 +8937,80 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005F63C8">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">2) </w:t>
                   </w:r>
                   <w:r w:rsidRPr="000432CB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Pour l’Organisme d’accueil</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="39B14262" w14:textId="61D00E88" w:rsidR="006C500A" w:rsidRDefault="006C500A" w:rsidP="000432CB">
+                <w:p w14:paraId="39B14262" w14:textId="2277ABF2" w:rsidR="006C500A" w:rsidRDefault="0069080C" w:rsidP="000432CB">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00B55F05">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Nom Prénom</w:t>
+                    <w:t>NOM</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidR="006C500A" w:rsidRPr="00B55F05">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Prénom</w:t>
+                  </w:r>
+                  <w:r w:rsidR="006C500A">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t> :</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="40EE8947" w14:textId="77777777" w:rsidR="006C500A" w:rsidRDefault="006C500A" w:rsidP="000432CB">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="4ECEB289" w14:textId="6D16F69A" w:rsidR="006C500A" w:rsidRPr="005C72C0" w:rsidRDefault="006C500A" w:rsidP="005C72C0">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
@@ -9752,64 +9174,97 @@
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>5) L</w:t>
                   </w:r>
                   <w:r w:rsidR="00122310">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>a</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> responsable du master</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="00688A75" w14:textId="77777777" w:rsidR="007E76C6" w:rsidRDefault="006C500A" w:rsidP="005C72C0">
+                <w:p w14:paraId="00688A75" w14:textId="58D5EBEF" w:rsidR="007E76C6" w:rsidRDefault="006C500A" w:rsidP="0069080C">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005C72C0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                     </w:rPr>
                     <w:t xml:space="preserve">Cécile BARTH-RABOT </w:t>
                   </w:r>
+                  <w:r w:rsidR="0069080C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>/</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6E250305" w14:textId="3BBDC6C9" w:rsidR="0069080C" w:rsidRDefault="0069080C" w:rsidP="0069080C">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Marie SONNETTE-MANOUGUIAN</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7A7FE9D8" w14:textId="77777777" w:rsidR="0069080C" w:rsidRDefault="0069080C" w:rsidP="0069080C">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
                 <w:p w14:paraId="36A18A75" w14:textId="5E4461CB" w:rsidR="006C500A" w:rsidRPr="005C72C0" w:rsidRDefault="006C500A" w:rsidP="005C72C0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005C72C0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Fait à Saint-Cloud, le </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
@@ -10109,50 +9564,51 @@
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="53E29FCA" w14:textId="6C06862A" w:rsidR="006C500A" w:rsidRPr="000963D2" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005F63C8">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t xml:space="preserve">6) </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Pour l</w:t>
                   </w:r>
                   <w:r w:rsidR="00122310">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>a</w:t>
                   </w:r>
                   <w:r w:rsidRPr="000963D2">
@@ -10244,127 +9700,85 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2BFB4424" w14:textId="77777777" w:rsidR="006C500A" w:rsidRPr="00DA1168" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005C72C0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Shah </w:t>
-[...19 lines deleted...]
-                    <w:t xml:space="preserve"> BUROKUR</w:t>
+                    <w:t>Shah Nawaz BUROKUR</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="6171ED12" w14:textId="77777777" w:rsidR="006C500A" w:rsidRPr="00DA1168" w:rsidRDefault="006C500A" w:rsidP="005F63C8">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="4678BD07" w14:textId="6E186EDA" w:rsidR="006C500A" w:rsidRPr="005C72C0" w:rsidRDefault="006C500A" w:rsidP="005C72C0">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005C72C0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Fait à Ville d’</w:t>
-[...21 lines deleted...]
-                    <w:t>, le</w:t>
+                    <w:t>Fait à Ville d’Avray, le</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> _______________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="5CF68EC5" w14:textId="77777777" w:rsidR="006C500A" w:rsidRDefault="006C500A" w:rsidP="000963D2">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="79D009EF" w14:textId="77777777" w:rsidR="006C500A" w:rsidRDefault="006C500A" w:rsidP="000963D2">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
@@ -10387,124 +9801,76 @@
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000963D2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>(Signature)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5B5C1E30" w14:textId="77777777" w:rsidR="006C500A" w:rsidRDefault="006C500A" w:rsidP="002619A4">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37817BDE" w14:textId="5CBAB896" w:rsidR="00F32C38" w:rsidRDefault="00F32C38" w:rsidP="000F3F29">
+    <w:p w14:paraId="4C3FE657" w14:textId="5D12B768" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="000F3F29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02484164" w14:textId="3DD00EFF" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="000F3F29">
+    <w:p w14:paraId="652D0801" w14:textId="1D592B5F" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="000F3F29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...46 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B4A4510" w14:textId="6929665A" w:rsidR="00136B39" w:rsidRPr="0075030C" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075030C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fiches à annexer à la convention :</w:t>
@@ -10621,524 +9987,474 @@
         </w:rPr>
         <w:t xml:space="preserve">, pour   fiches pays voir site  </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="0075030C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i/>
             <w:sz w:val="14"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>diplomatie.gouv.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0075030C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C7D053" w14:textId="744870E5" w:rsidR="00136B39" w:rsidRPr="009C3D33" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
-[...33 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau1"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-191"/>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3523"/>
         <w:gridCol w:w="3639"/>
         <w:gridCol w:w="3436"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00136B39" w:rsidRPr="008070E2" w14:paraId="6ADE24CE" w14:textId="77777777" w:rsidTr="00A45F27">
+      <w:tr w:rsidR="0069080C" w:rsidRPr="008070E2" w14:paraId="1B128DC4" w14:textId="77777777" w:rsidTr="0069080C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:tcW w:w="3523" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAE1995" w14:textId="77777777" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="57A7F48E" w14:textId="77777777" w:rsidR="0069080C" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E828E0D" wp14:editId="01906590">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EA6865C" wp14:editId="257D2C40">
                   <wp:extent cx="2099959" cy="628650"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="Image 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Image 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2099959" cy="628650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4093D5C9" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="005A0F24" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="615DD396" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="005A0F24" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:shadow w14:blurRad="50800" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:srgbClr w14:val="000000">
                     <w14:alpha w14:val="60000"/>
                   </w14:srgbClr>
                 </w14:shadow>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:shadow w14:blurRad="50800" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:srgbClr w14:val="000000">
                     <w14:alpha w14:val="60000"/>
                   </w14:srgbClr>
                 </w14:shadow>
               </w:rPr>
               <w:t>POLE METIERS DU LIVRE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="027D5BF6" w14:textId="5935AD9D" w:rsidR="00136B39" w:rsidRPr="005A0F24" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="678AFFD3" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="005A0F24" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:pStyle w:val="Titre5"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:smallCaps/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11 Avenue Pozzo di Borgo</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E3D9AFA" w14:textId="7B523500" w:rsidR="00136B39" w:rsidRPr="005A0F24" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="5A8535CA" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="005A0F24" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>92210 SAINT-CLOUD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C0C790D" w14:textId="3C6F1B8D" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="436D750D" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tél. </w:t>
             </w:r>
             <w:r w:rsidRPr="005A0F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: 01 40 97 98 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="3639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="758CBE09" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="5930586D" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33636910" w14:textId="19D853AB" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="2EBD2C3C" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C26627" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="2A56BD16" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47D5A9C1" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="5CA0ACD0" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Logo de L’ORGANISME D’ACCUEIL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136B39" w:rsidRPr="008070E2" w14:paraId="5BF88FA4" w14:textId="77777777" w:rsidTr="00A45F27">
+      <w:tr w:rsidR="0069080C" w:rsidRPr="008070E2" w14:paraId="7A8B34AB" w14:textId="77777777" w:rsidTr="0069080C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:tcW w:w="3523" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6736EEEA" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="31D568C1" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="3639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41787F6B" w14:textId="644C5A17" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="632071B4" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46BD01BD" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="6EB6EC11" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136B39" w:rsidRPr="008070E2" w14:paraId="4F82D631" w14:textId="77777777" w:rsidTr="00A45F27">
+      <w:tr w:rsidR="0069080C" w:rsidRPr="008070E2" w14:paraId="29D294E3" w14:textId="77777777" w:rsidTr="0069080C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:tcW w:w="3523" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="69AB7A91" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="497084EC" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="3639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45140C9B" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="7CA834DC" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D346E93" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
+          <w:p w14:paraId="5C00E809" w14:textId="77777777" w:rsidR="0069080C" w:rsidRPr="008070E2" w:rsidRDefault="0069080C" w:rsidP="0069080C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2127"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="695FF901" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
-[...15 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8292" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="6095"/>
       </w:tblGrid>
       <w:tr w:rsidR="00136B39" w:rsidRPr="008070E2" w14:paraId="3E8FEB23" w14:textId="77777777" w:rsidTr="00A45F27">
         <w:trPr>
           <w:trHeight w:val="753"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21E08816" w14:textId="1BC84075" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
@@ -11191,197 +10507,174 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:shadow w14:blurRad="50800" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                   <w14:srgbClr w14:val="000000">
                     <w14:alpha w14:val="60000"/>
                   </w14:srgbClr>
                 </w14:shadow>
               </w:rPr>
               <w:t>ATTESTATION DE STAGE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28B43327" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>à</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> remettre au stagiaire à l’issue du stage</w:t>
+              <w:t>à remettre au stagiaire à l’issue du stage</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="241B18B7" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="323C8292" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10840" w:type="dxa"/>
-        <w:tblInd w:w="-888" w:type="dxa"/>
+        <w:tblW w:w="10501" w:type="dxa"/>
+        <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10840"/>
+        <w:gridCol w:w="10501"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00136B39" w:rsidRPr="008070E2" w14:paraId="2A5F56B7" w14:textId="77777777" w:rsidTr="00C8665F">
+      <w:tr w:rsidR="00136B39" w:rsidRPr="008070E2" w14:paraId="2A5F56B7" w14:textId="77777777" w:rsidTr="0069080C">
         <w:trPr>
-          <w:trHeight w:val="2120"/>
+          <w:trHeight w:val="2228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10840" w:type="dxa"/>
+            <w:tcW w:w="10501" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5669E13F" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="3514"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ORGANISME D’ACCUEIL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09CAC14E" w14:textId="77777777" w:rsidR="000D6B0D" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nom  ou</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Dénomination sociale :</w:t>
+              <w:t>Nom  ou Dénomination sociale :</w:t>
             </w:r>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16FF37C1" w14:textId="77777777" w:rsidR="000D6B0D" w:rsidRDefault="000D6B0D" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36F30F4B" w14:textId="3A8EE54B" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
@@ -11734,195 +11027,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     Né(e) le : ___ /___/_______</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6870746D" w14:textId="64E7779A" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1418"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Adresse : ……………………………………………………………………………………………………………………………</w:t>
-[...17 lines deleted...]
-              <w:t>.……</w:t>
+              <w:t>Adresse : …………………………………………………………………………………………………………………………………..……</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D2F63D9" w14:textId="76024D75" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E164509" w14:textId="5C44C9E2" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F028"/>
             </w:r>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ………………………………….. . </w:t>
-[...17 lines deleted...]
-              <w:t> : ………………………….........................................................</w:t>
+              <w:t xml:space="preserve"> ………………………………….. . mél : ………………………….........................................................</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5601D9DD" w14:textId="77777777" w:rsidR="000D6B0D" w:rsidRPr="008070E2" w:rsidRDefault="000D6B0D" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="176355DF" w14:textId="4F2E697A" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>etudiant</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> en </w:t>
+              <w:t>etudiant en </w:t>
             </w:r>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>intitulé de la formation ou du cursus de l’enseignement supérieur suivi par le ou la stagiaire</w:t>
             </w:r>
             <w:r w:rsidRPr="008070E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
@@ -12074,130 +11318,75 @@
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Représentant une </w:t>
                   </w:r>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">durée </w:t>
-[...9 lines deleted...]
-                    <w:t xml:space="preserve">totale </w:t>
+                    <w:t xml:space="preserve">durée totale </w:t>
                   </w:r>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> de</w:t>
+                    <w:t xml:space="preserve"> de …</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
-                  <w:r w:rsidRPr="008070E2">
+                  <w:r w:rsidR="000D6B0D" w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> …</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="000D6B0D" w:rsidRPr="008070E2">
+                  <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
-[...43 lines deleted...]
-                    <w:t xml:space="preserve"> de  Semaines) (rayer la mention inutile)</w:t>
+                    <w:t>……………...... (Nbre de Mois / Nbre de  Semaines) (rayer la mention inutile)</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="39520591" w14:textId="77777777" w:rsidR="00C8665F" w:rsidRPr="008070E2" w:rsidRDefault="00C8665F" w:rsidP="00C8665F">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>La durée totale du stage est appréciée en tenant compte de la présence effective du stagiaire dans l’organisme, sous réserve des droits à congés et autorisations d’absence prévus à l’article L.124-13 du code de l’éducation (art. L.124-18 du code de l’éducation).  Chaque période au moins égale à 7 heures de présence consécutives ou non est considérée comme équivalente à un jour de stage et chaque période au moins égale à 22 jours de présence consécutifs ou non est considéré</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
@@ -12262,69 +11451,51 @@
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Le stagiaire a perçu une gratification de stage pour un </w:t>
                   </w:r>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>montant total</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> de …………………</w:t>
-[...17 lines deleted...]
-                    <w:t>. €</w:t>
+                    <w:t xml:space="preserve"> de ……………………….. €</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C8665F" w:rsidRPr="008070E2" w14:paraId="7FEFBC7A" w14:textId="77777777" w:rsidTr="00C8665F">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="1770"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5245" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5968A115" w14:textId="77777777" w:rsidR="00C8665F" w:rsidRPr="008070E2" w:rsidRDefault="00C8665F" w:rsidP="00C8665F">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
@@ -12525,75 +11696,51 @@
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="3AE8B13E" w14:textId="77777777" w:rsidR="00C8665F" w:rsidRPr="008070E2" w:rsidRDefault="00C8665F" w:rsidP="00C8665F">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:smallCaps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008070E2">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:smallCaps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t>FAIT à ……………………</w:t>
-[...23 lines deleted...]
-                    <w:t>.         Le………………………</w:t>
+                    <w:t>FAIT à …………………………..         Le………………………</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="0BE47DF4" w14:textId="77777777" w:rsidR="00C8665F" w:rsidRPr="008070E2" w:rsidRDefault="00C8665F" w:rsidP="00C8665F">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
                     <w:ind w:right="-1417"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="57C0B8BB" w14:textId="77777777" w:rsidR="00C8665F" w:rsidRPr="008070E2" w:rsidRDefault="00C8665F" w:rsidP="00C8665F">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="214"/>
                     </w:tabs>
                     <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
                     <w:ind w:right="-1417"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="18"/>
@@ -12760,146 +11907,96 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D2D9015" w14:textId="77777777" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57FD639F" w14:textId="42915CAA" w:rsidR="00136B39" w:rsidRPr="008070E2" w:rsidRDefault="00136B39" w:rsidP="00C8665F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008070E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="4DCAEEF4" w14:textId="77777777" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="00136B39">
+        <w:t>a effectué un stage prévu dans le cadre de ses études</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCAEEF4" w14:textId="4A229F28" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="0069080C">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
-        <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00E18E18" w14:textId="6C449F39" w:rsidR="00136B39" w:rsidRDefault="00136B39" w:rsidP="000F3F29">
-[...27 lines deleted...]
-    <w:sectPr w:rsidR="00136B39" w:rsidRPr="005A0F24" w:rsidSect="00C8665F">
+    <w:sectPr w:rsidR="00136B39" w:rsidSect="00C8665F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1274" w:bottom="113" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61C8DCC9" w14:textId="77777777" w:rsidR="00633556" w:rsidRDefault="00633556" w:rsidP="00440150">
+    <w:p w14:paraId="48CEC621" w14:textId="77777777" w:rsidR="0082185F" w:rsidRDefault="0082185F" w:rsidP="00440150">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12C80768" w14:textId="77777777" w:rsidR="00633556" w:rsidRDefault="00633556" w:rsidP="00440150">
+    <w:p w14:paraId="1F41A33A" w14:textId="77777777" w:rsidR="0082185F" w:rsidRDefault="0082185F" w:rsidP="00440150">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -12952,99 +12049,99 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="11F039A6" w14:textId="6599E2B4" w:rsidR="00BD1756" w:rsidRDefault="00BD1756">
+  <w:p w14:paraId="11F039A6" w14:textId="078D809C" w:rsidR="00BD1756" w:rsidRDefault="00BD1756">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="009D6A23">
+    <w:r w:rsidR="00A5106C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="47E05AC3" w14:textId="77777777" w:rsidR="00BD1756" w:rsidRDefault="00BD1756">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6128D245" w14:textId="77777777" w:rsidR="00633556" w:rsidRDefault="00633556" w:rsidP="00440150">
+    <w:p w14:paraId="19062F08" w14:textId="77777777" w:rsidR="0082185F" w:rsidRDefault="0082185F" w:rsidP="00440150">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00316CAB" w14:textId="77777777" w:rsidR="00633556" w:rsidRDefault="00633556" w:rsidP="00440150">
+    <w:p w14:paraId="4A271040" w14:textId="77777777" w:rsidR="0082185F" w:rsidRDefault="0082185F" w:rsidP="00440150">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AF01213"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DFAF64E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -13947,52 +13044,52 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00440150"/>
     <w:rsid w:val="000001BF"/>
     <w:rsid w:val="00025765"/>
     <w:rsid w:val="000276B4"/>
     <w:rsid w:val="000432CB"/>
     <w:rsid w:val="00057152"/>
@@ -14075,118 +13172,122 @@
     <w:rsid w:val="004F7961"/>
     <w:rsid w:val="0053254C"/>
     <w:rsid w:val="00551633"/>
     <w:rsid w:val="00554E6C"/>
     <w:rsid w:val="00557362"/>
     <w:rsid w:val="00564A37"/>
     <w:rsid w:val="00570D77"/>
     <w:rsid w:val="005715C0"/>
     <w:rsid w:val="00585CA5"/>
     <w:rsid w:val="005945BD"/>
     <w:rsid w:val="00595B99"/>
     <w:rsid w:val="005A0F24"/>
     <w:rsid w:val="005A3447"/>
     <w:rsid w:val="005B5B5A"/>
     <w:rsid w:val="005C0C7F"/>
     <w:rsid w:val="005C72C0"/>
     <w:rsid w:val="005D6E32"/>
     <w:rsid w:val="005E62BC"/>
     <w:rsid w:val="005E6E9F"/>
     <w:rsid w:val="005F63C8"/>
     <w:rsid w:val="006030B3"/>
     <w:rsid w:val="00622B73"/>
     <w:rsid w:val="00633556"/>
     <w:rsid w:val="00642396"/>
     <w:rsid w:val="00682843"/>
+    <w:rsid w:val="0069080C"/>
     <w:rsid w:val="0069190F"/>
     <w:rsid w:val="006A33C3"/>
     <w:rsid w:val="006B0937"/>
     <w:rsid w:val="006B17D7"/>
     <w:rsid w:val="006B7C26"/>
     <w:rsid w:val="006C500A"/>
     <w:rsid w:val="006E349A"/>
     <w:rsid w:val="006E7063"/>
     <w:rsid w:val="0070312D"/>
     <w:rsid w:val="00717599"/>
     <w:rsid w:val="007364C9"/>
     <w:rsid w:val="007408E9"/>
     <w:rsid w:val="0075668E"/>
     <w:rsid w:val="00760F1F"/>
     <w:rsid w:val="00765D18"/>
     <w:rsid w:val="0078170D"/>
     <w:rsid w:val="007A6B6A"/>
     <w:rsid w:val="007B47BF"/>
     <w:rsid w:val="007B4E00"/>
     <w:rsid w:val="007D232F"/>
     <w:rsid w:val="007D5283"/>
     <w:rsid w:val="007E4619"/>
     <w:rsid w:val="007E60D6"/>
     <w:rsid w:val="007E76C6"/>
     <w:rsid w:val="0080147E"/>
     <w:rsid w:val="00805C28"/>
     <w:rsid w:val="00812291"/>
     <w:rsid w:val="0081709C"/>
+    <w:rsid w:val="0082185F"/>
     <w:rsid w:val="008227EE"/>
     <w:rsid w:val="00825459"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="0085331E"/>
     <w:rsid w:val="00864528"/>
     <w:rsid w:val="008A1A98"/>
     <w:rsid w:val="008A23F4"/>
     <w:rsid w:val="008B4348"/>
     <w:rsid w:val="008D4DBE"/>
     <w:rsid w:val="008D7EE3"/>
     <w:rsid w:val="009111D0"/>
     <w:rsid w:val="00914204"/>
     <w:rsid w:val="00915A60"/>
     <w:rsid w:val="009244A1"/>
     <w:rsid w:val="0093760F"/>
     <w:rsid w:val="00940AE1"/>
     <w:rsid w:val="00942ACE"/>
     <w:rsid w:val="00957956"/>
     <w:rsid w:val="00976726"/>
     <w:rsid w:val="009918C2"/>
     <w:rsid w:val="00993B3B"/>
     <w:rsid w:val="0099730A"/>
     <w:rsid w:val="0099745F"/>
     <w:rsid w:val="009C4752"/>
     <w:rsid w:val="009D6A23"/>
     <w:rsid w:val="009E2A16"/>
     <w:rsid w:val="009E7203"/>
     <w:rsid w:val="009F4AD5"/>
     <w:rsid w:val="00A03F4E"/>
     <w:rsid w:val="00A04E86"/>
+    <w:rsid w:val="00A5106C"/>
     <w:rsid w:val="00A75458"/>
     <w:rsid w:val="00A86BFE"/>
     <w:rsid w:val="00A87D08"/>
     <w:rsid w:val="00A91624"/>
     <w:rsid w:val="00A93E51"/>
     <w:rsid w:val="00AC3066"/>
     <w:rsid w:val="00AF44F8"/>
     <w:rsid w:val="00B25A97"/>
     <w:rsid w:val="00B31324"/>
     <w:rsid w:val="00B55F05"/>
+    <w:rsid w:val="00B67E3F"/>
     <w:rsid w:val="00B72E36"/>
     <w:rsid w:val="00B824DA"/>
     <w:rsid w:val="00BA174B"/>
     <w:rsid w:val="00BC42A0"/>
     <w:rsid w:val="00BD1756"/>
     <w:rsid w:val="00BE6E7D"/>
     <w:rsid w:val="00BF2CF0"/>
     <w:rsid w:val="00BF671F"/>
     <w:rsid w:val="00C10956"/>
     <w:rsid w:val="00C17A6F"/>
     <w:rsid w:val="00C33106"/>
     <w:rsid w:val="00C35E5A"/>
     <w:rsid w:val="00C45B76"/>
     <w:rsid w:val="00C62425"/>
     <w:rsid w:val="00C66425"/>
     <w:rsid w:val="00C71216"/>
     <w:rsid w:val="00C7619A"/>
     <w:rsid w:val="00C8665F"/>
     <w:rsid w:val="00C97794"/>
     <w:rsid w:val="00CC64D5"/>
     <w:rsid w:val="00D0252D"/>
     <w:rsid w:val="00D07FD3"/>
     <w:rsid w:val="00D14318"/>
     <w:rsid w:val="00D305FE"/>
     <w:rsid w:val="00D46550"/>
@@ -15368,79 +14469,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B091058A-A9AF-49D5-85F8-3831ACC90B78}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{856EFEDE-193D-40CE-B228-F56ABD52764C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>23632</Characters>
+  <Pages>15</Pages>
+  <Words>4299</Words>
+  <Characters>23649</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>196</Lines>
+  <Lines>197</Lines>
   <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CREFOP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27873</CharactersWithSpaces>
+  <CharactersWithSpaces>27893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>CRI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>